--- v0 (2026-02-26)
+++ v1 (2026-03-19)
@@ -385,73 +385,51 @@
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> Augusta</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49557FF7" w14:textId="1E5FFC20" w:rsidR="002B6F0B" w:rsidRPr="002B6F0B" w:rsidRDefault="002B6F0B" w:rsidP="002B6F0B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:spacing w:val="3"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD6D10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:spacing w:val="3"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Davood </w:t>
-[...21 lines deleted...]
-        <w:t>, Independent Scholar</w:t>
+        <w:t>Davood Khazaie, Independent Scholar</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EACBB95" w14:textId="72516169" w:rsidR="002B6F0B" w:rsidRPr="00DD6D10" w:rsidRDefault="002808FC" w:rsidP="002B6F0B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:spacing w:val="3"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:spacing w:val="3"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="002B6F0B" w:rsidRPr="00DD6D10">
@@ -4473,81 +4451,93 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="242424"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61076C2E" w14:textId="77777777" w:rsidR="000F34F3" w:rsidRDefault="000F34F3" w:rsidP="00791991">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="242424"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73C353EB" w14:textId="595B117F" w:rsidR="00D654A4" w:rsidRDefault="00560E42" w:rsidP="00791991">
+    <w:p w14:paraId="73C353EB" w14:textId="5014610D" w:rsidR="00D654A4" w:rsidRDefault="00D161CC" w:rsidP="00791991">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="242424"/>
           <w:kern w:val="0"/>
           <w:u w:val="single"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="242424"/>
           <w:kern w:val="0"/>
           <w:u w:val="single"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Cracking the Code of </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Unlocking the Secrets</w:t>
+      </w:r>
+      <w:r w:rsidR="00560E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="242424"/>
+          <w:kern w:val="0"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r w:rsidR="00560E42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="242424"/>
           <w:kern w:val="0"/>
           <w:u w:val="single"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Beowulf</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17731A5E" w14:textId="51B7B304" w:rsidR="00560E42" w:rsidRPr="00560E42" w:rsidRDefault="00560E42" w:rsidP="00791991">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="242424"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
@@ -4585,135 +4575,116 @@
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="242424"/>
           <w:kern w:val="0"/>
           <w:u w:val="single"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD6D10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:spacing w:val="3"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>James Howard Buckingham, Independent Scholar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="735BF8C8" w14:textId="75B81337" w:rsidR="00560E42" w:rsidRPr="00DD6D10" w:rsidRDefault="00560E42" w:rsidP="00560E42">
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:p w14:paraId="735BF8C8" w14:textId="791283C8" w:rsidR="00560E42" w:rsidRPr="00DD6D10" w:rsidRDefault="00D161CC" w:rsidP="00560E42">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:spacing w:val="3"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:spacing w:val="3"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“The Hidden Hoard of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="1F1F1F"/>
           <w:spacing w:val="3"/>
-          <w:szCs w:val="21"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Beowulf</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD6D10">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> with Three Keys: Spacing, Letter Runes and the Echo Marks”</w:t>
+      <w:r w:rsidR="002808FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:spacing w:val="3"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>—</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:spacing w:val="3"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>To See the Unseen and To Unsee the Seen—Unlocking the Past with Three Keys: Spacing, Letter Runes &amp; Echo Marks</w:t>
+      </w:r>
+      <w:r w:rsidR="00560E42" w:rsidRPr="00DD6D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:spacing w:val="3"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>”</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00560E42" w:rsidRPr="00DD6D10">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -4725,61 +4696,63 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="125"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00791991"/>
     <w:rsid w:val="00024F63"/>
+    <w:rsid w:val="0008696C"/>
     <w:rsid w:val="000F34F3"/>
     <w:rsid w:val="002808FC"/>
     <w:rsid w:val="002B6F0B"/>
     <w:rsid w:val="00560E42"/>
     <w:rsid w:val="005938D1"/>
     <w:rsid w:val="00791991"/>
     <w:rsid w:val="00861459"/>
     <w:rsid w:val="00923B31"/>
     <w:rsid w:val="009911CD"/>
     <w:rsid w:val="00C216BD"/>
     <w:rsid w:val="00CC6D58"/>
+    <w:rsid w:val="00D161CC"/>
     <w:rsid w:val="00D654A4"/>
     <w:rsid w:val="00DE1EEE"/>
     <w:rsid w:val="00F431CD"/>
     <w:rsid w:val="00F4705B"/>
     <w:rsid w:val="00F8165B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -6030,69 +6003,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>754</Words>
-  <Characters>4717</Characters>
+  <Words>755</Words>
+  <Characters>4720</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>196</Lines>
   <Paragraphs>121</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5350</CharactersWithSpaces>
+  <CharactersWithSpaces>5354</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Angela J Weisl</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>